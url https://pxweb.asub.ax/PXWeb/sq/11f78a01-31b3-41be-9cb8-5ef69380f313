--- v0 (2025-12-21)
+++ v1 (2026-01-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e64b0387fab4799" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fcf5155eca0448ea89bee7162c2a67d6.psmdcp" Id="Rae4e93a3e6624a48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f8628baed414089" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a94adb0327c843feb6aea78597a73f78.psmdcp" Id="R79a5ab6a697c40c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT041" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="58">
   <x:si>
     <x:t>Platser, sökande och antagna på gymnasienivå efter År, Utbildningsprogram och Typ av uppgift</x:t>
   </x:si>
   <x:si>
     <x:t>Platser</x:t>
   </x:si>
   <x:si>