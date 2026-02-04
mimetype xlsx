--- v1 (2026-01-14)
+++ v2 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f8628baed414089" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a94adb0327c843feb6aea78597a73f78.psmdcp" Id="R79a5ab6a697c40c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R597b721296e446a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4b232b7cf9754f8698f2b035bb437f0a.psmdcp" Id="R01f97584a08b4b9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT041" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="58">
   <x:si>
     <x:t>Platser, sökande och antagna på gymnasienivå efter År, Utbildningsprogram och Typ av uppgift</x:t>
   </x:si>
   <x:si>
     <x:t>Platser</x:t>
   </x:si>
   <x:si>