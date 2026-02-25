--- v2 (2026-02-04)
+++ v3 (2026-02-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R597b721296e446a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4b232b7cf9754f8698f2b035bb437f0a.psmdcp" Id="R01f97584a08b4b9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9e5581a38ea4422" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d20368bbd96e4cd6adcdc7648b43fddf.psmdcp" Id="R479bea8b3ede47e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT041" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="58">
   <x:si>
     <x:t>Platser, sökande och antagna på gymnasienivå efter År, Utbildningsprogram och Typ av uppgift</x:t>
   </x:si>
   <x:si>
     <x:t>Platser</x:t>
   </x:si>
   <x:si>