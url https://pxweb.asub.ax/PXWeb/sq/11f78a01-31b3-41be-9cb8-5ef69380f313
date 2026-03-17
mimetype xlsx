--- v3 (2026-02-25)
+++ v4 (2026-03-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9e5581a38ea4422" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d20368bbd96e4cd6adcdc7648b43fddf.psmdcp" Id="R479bea8b3ede47e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0eae9f0c978b4c32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/536e2ddb68a04090b5d92c35bb134dca.psmdcp" Id="R2f900975cd464cda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT041" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="58">
   <x:si>
     <x:t>Platser, sökande och antagna på gymnasienivå efter År, Utbildningsprogram och Typ av uppgift</x:t>
   </x:si>
   <x:si>
     <x:t>Platser</x:t>
   </x:si>
   <x:si>