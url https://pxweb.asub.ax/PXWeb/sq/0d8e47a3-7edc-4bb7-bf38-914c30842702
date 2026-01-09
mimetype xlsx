--- v0 (2025-12-19)
+++ v1 (2026-01-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reee40e39393244e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/79e2f42a3add49d2a2e710735489a44b.psmdcp" Id="Rb14763076a864ca0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd10759900dfe4789" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8744cf491abd4df8a56c738b39763cc2.psmdcp" Id="Rad85c76b55274fbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ012" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="43">
   <x:si>
     <x:t>Passagerare på taxfreeresor till och via Åland 2003-2024, efter rutt</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>