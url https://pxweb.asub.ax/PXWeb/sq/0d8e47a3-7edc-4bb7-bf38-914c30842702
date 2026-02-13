--- v1 (2026-01-09)
+++ v2 (2026-02-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd10759900dfe4789" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8744cf491abd4df8a56c738b39763cc2.psmdcp" Id="Rad85c76b55274fbf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7e9f01cb74b4e8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/89a96568c1e94b56a7c5dee6b3581271.psmdcp" Id="R3be09044924e4cbb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ012" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="43">
   <x:si>
     <x:t>Passagerare på taxfreeresor till och via Åland 2003-2024, efter rutt</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>