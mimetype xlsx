--- v2 (2026-02-13)
+++ v3 (2026-03-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7e9f01cb74b4e8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/89a96568c1e94b56a7c5dee6b3581271.psmdcp" Id="R3be09044924e4cbb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2e7e6021383442c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/20a18cf1d3e643bc8f9bc2f59798d40d.psmdcp" Id="R1b7d86e13c5b4133" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ012" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="43">
   <x:si>
     <x:t>Passagerare på taxfreeresor till och via Åland 2003-2024, efter rutt</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>