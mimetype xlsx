--- v3 (2026-03-05)
+++ v4 (2026-03-25)
@@ -1,60 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2e7e6021383442c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/20a18cf1d3e643bc8f9bc2f59798d40d.psmdcp" Id="R1b7d86e13c5b4133" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cb3215f85414e32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0441dc88b6cd4912b48bf43c15364474.psmdcp" Id="R02d0c41d363c49c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ012" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="43">
-[...1 lines deleted...]
-    <x:t>Passagerare på taxfreeresor till och via Åland 2003-2024, efter rutt</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="44">
+  <x:si>
+    <x:t>Passagerare på taxfreeresor till och via Åland 2003-2025, efter rutt</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>
     <x:t>Finland - Sverige, via Åland</x:t>
   </x:si>
   <x:si>
     <x:t>Sverige - Estland, via Åland</x:t>
   </x:si>
   <x:si>
     <x:t>2003</x:t>
   </x:si>
   <x:si>
     <x:t>2004</x:t>
   </x:si>
   <x:si>
     <x:t>2005</x:t>
   </x:si>
   <x:si>
     <x:t>2006</x:t>
   </x:si>
   <x:si>
     <x:t>2007</x:t>
   </x:si>
@@ -88,60 +88,63 @@
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>
+    <x:t>2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Från och med 2018 räknas även passagerarvolymen för fartyg som trafikerar Nådendal - Långnäs - Kapellskär med i rutten Finland - Sverige, via Åland. Uppgifterna exkluderades tidigare på grund av liten eller ingen taxfreeförsäljning på resan.</x:t>
   </x:si>
   <x:si>
     <x:t>&lt;A HREF=https://www.asub.ax/sv/beskrivning-sjofartsstatistiken TARGET=_blank&gt;Beskrivning av statistiken&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Senaste uppdatering:</x:t>
   </x:si>
   <x:si>
-    <x:t>20250221 09:00</x:t>
+    <x:t>20260227 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Källa:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistikcentralen, Tallink</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson:</x:t>
   </x:si>
   <x:si>
     <x:t>Ålands statistik- och utredningsbyrå (ÅSUB)</x:t>
   </x:si>
   <x:si>
     <x:t>PB 1187</x:t>
   </x:si>
   <x:si>
     <x:t>AX-22111 Mariehamn</x:t>
   </x:si>
   <x:si>
     <x:t>018-25490</x:t>
   </x:si>
   <x:si>
     <x:t>asub@asub.ax</x:t>
   </x:si>
@@ -532,51 +535,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D57"/>
+  <x:dimension ref="A1:D58"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.340625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="25.270625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.250625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D3" s="2" t="s">
         <x:v>3</x:v>
@@ -868,133 +871,147 @@
       </x:c>
       <x:c r="B24" s="3" t="n">
         <x:v>5702627</x:v>
       </x:c>
       <x:c r="C24" s="3" t="n">
         <x:v>5128627</x:v>
       </x:c>
       <x:c r="D24" s="3" t="n">
         <x:v>574000</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
         <x:v>5589409</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>4969140</x:v>
       </x:c>
       <x:c r="D25" s="3" t="n">
         <x:v>620269</x:v>
       </x:c>
     </x:row>
-    <x:row r="27" spans="1:4">
-      <x:c r="A27" s="4" t="s">
+    <x:row r="26" spans="1:4">
+      <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
+      </x:c>
+      <x:c r="B26" s="3" t="n">
+        <x:v>6068948</x:v>
+      </x:c>
+      <x:c r="C26" s="3" t="n">
+        <x:v>5526948</x:v>
+      </x:c>
+      <x:c r="D26" s="3" t="n">
+        <x:v>542000</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
-    <x:row r="30" spans="1:4">
-      <x:c r="A30" s="0" t="s">
+    <x:row r="29" spans="1:4">
+      <x:c r="A29" s="4" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
-    <x:row r="33" spans="1:4">
-      <x:c r="A33" s="0" t="s">
+    <x:row r="32" spans="1:4">
+      <x:c r="A32" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:4">
-      <x:c r="A36" s="0" t="s">
+    <x:row r="35" spans="1:4">
+      <x:c r="A35" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:4">
-      <x:c r="A43" s="0" t="s">
+    <x:row r="42" spans="1:4">
+      <x:c r="A42" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
-    <x:row r="45" spans="1:4">
-      <x:c r="A45" s="0" t="s">
+    <x:row r="44" spans="1:4">
+      <x:c r="A44" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
-    <x:row r="56" spans="1:4">
-      <x:c r="A56" s="0" t="s">
+    <x:row r="47" spans="1:4">
+      <x:c r="A47" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="0" t="s">
         <x:v>42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:4">
+      <x:c r="A58" s="0" t="s">
+        <x:v>43</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>SJ012</vt:lpstr>
       <vt:lpstr>SJ012!Print_Area</vt:lpstr>
       <vt:lpstr>SJ012!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>