--- v0 (2026-01-01)
+++ v1 (2026-01-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4fac34246fd4182" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2fec5ece5af0482a87bcacc2a133de43.psmdcp" Id="R298169f61145491c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b3c99425a134c1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f1e56ff78f7e41589edd1b41bbd206a5.psmdcp" Id="Ra8273f30976a47fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ022" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
   <x:si>
     <x:t>International sea transports by direction, commodity group and year</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>