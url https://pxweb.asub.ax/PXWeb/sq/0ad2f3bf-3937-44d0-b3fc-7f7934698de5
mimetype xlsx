--- v1 (2026-01-22)
+++ v2 (2026-02-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b3c99425a134c1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f1e56ff78f7e41589edd1b41bbd206a5.psmdcp" Id="Ra8273f30976a47fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32e65077433d401e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2319131046d64d5db6df9c29abe5ca50.psmdcp" Id="R83c5333dce5c4deb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ022" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
   <x:si>
     <x:t>International sea transports by direction, commodity group and year</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>