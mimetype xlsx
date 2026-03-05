--- v2 (2026-02-12)
+++ v3 (2026-03-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32e65077433d401e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2319131046d64d5db6df9c29abe5ca50.psmdcp" Id="R83c5333dce5c4deb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb60031586b1c4f25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/727d22a6a62e454fb907b2e84a6f5f09.psmdcp" Id="R7a8d23b28ea04a7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ022" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
   <x:si>
     <x:t>International sea transports by direction, commodity group and year</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>