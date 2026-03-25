--- v3 (2026-03-05)
+++ v4 (2026-03-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb60031586b1c4f25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/727d22a6a62e454fb907b2e84a6f5f09.psmdcp" Id="R7a8d23b28ea04a7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d1a0389e28c49ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a79554aefbb9425bb7764b3dc521dd97.psmdcp" Id="R7f822b65106f4579" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ022" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
   <x:si>
     <x:t>International sea transports by direction, commodity group and year</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>