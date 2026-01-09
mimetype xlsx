--- v0 (2025-12-19)
+++ v1 (2026-01-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a585b0aa910412f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c09d1241036a45299f32516a68a5a189.psmdcp" Id="R099a962d7f824ce9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e231276855f499e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d8bc56fa21374b10bc670b59ec8a5cbe.psmdcp" Id="R60f3356588ac49cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ102" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="43">
   <x:si>
     <x:t>Index för internationell torrlastfrakt 2011-2024 (Baltic Dry Index, 1985 = 1 000) efter månad</x:t>
   </x:si>
   <x:si>
     <x:t>Januari</x:t>
   </x:si>
   <x:si>