--- v1 (2026-01-09)
+++ v2 (2026-02-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e231276855f499e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d8bc56fa21374b10bc670b59ec8a5cbe.psmdcp" Id="R60f3356588ac49cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8af66e8428424b64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/01ee0fbbebf84b0fbbce55acb7402392.psmdcp" Id="Raa58bb8ac8634169" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ102" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="43">
   <x:si>
     <x:t>Index för internationell torrlastfrakt 2011-2024 (Baltic Dry Index, 1985 = 1 000) efter månad</x:t>
   </x:si>
   <x:si>
     <x:t>Januari</x:t>
   </x:si>
   <x:si>