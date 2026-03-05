--- v2 (2026-02-13)
+++ v3 (2026-03-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8af66e8428424b64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/01ee0fbbebf84b0fbbce55acb7402392.psmdcp" Id="Raa58bb8ac8634169" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2274268f485a4de6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/380a69a18ada4e8bbccda1f18a277fac.psmdcp" Id="R3c428bf5cae543ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ102" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="43">
   <x:si>
     <x:t>Index för internationell torrlastfrakt 2011-2024 (Baltic Dry Index, 1985 = 1 000) efter månad</x:t>
   </x:si>
   <x:si>
     <x:t>Januari</x:t>
   </x:si>
   <x:si>