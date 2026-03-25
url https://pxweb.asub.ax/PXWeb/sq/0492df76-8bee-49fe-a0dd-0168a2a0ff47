--- v3 (2026-03-05)
+++ v4 (2026-03-25)
@@ -1,60 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2274268f485a4de6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/380a69a18ada4e8bbccda1f18a277fac.psmdcp" Id="R3c428bf5cae543ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re898556812194b93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1b6a59e3d778421383bc2c81cd8f8782.psmdcp" Id="R44382884fddc4663" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ102" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="43">
-[...1 lines deleted...]
-    <x:t>Index för internationell torrlastfrakt 2011-2024 (Baltic Dry Index, 1985 = 1 000) efter månad</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="44">
+  <x:si>
+    <x:t>Index för internationell torrlastfrakt 2011-2025 (Baltic Dry Index, 1985 = 1 000) efter månad</x:t>
   </x:si>
   <x:si>
     <x:t>Januari</x:t>
   </x:si>
   <x:si>
     <x:t>Februari</x:t>
   </x:si>
   <x:si>
     <x:t>Mars</x:t>
   </x:si>
   <x:si>
     <x:t>April</x:t>
   </x:si>
   <x:si>
     <x:t>Maj</x:t>
   </x:si>
   <x:si>
     <x:t>Juni</x:t>
   </x:si>
   <x:si>
     <x:t>Juli</x:t>
   </x:si>
   <x:si>
     <x:t>Augusti</x:t>
   </x:si>
@@ -91,57 +91,60 @@
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>
+    <x:t>2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Värden per den första affärsdagen varje månad.</x:t>
   </x:si>
   <x:si>
     <x:t>Senaste uppdatering:</x:t>
   </x:si>
   <x:si>
-    <x:t>20250220 09:00</x:t>
+    <x:t>20260227 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Källa:</x:t>
   </x:si>
   <x:si>
     <x:t>Capital Link (https://capitallinkshipping.com/)</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson:</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Ålands statistik- och utredningsbyrå (ÅSUB) </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">PB 1187 </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">AX-22111 Mariehamn </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">018-25490 </x:t>
   </x:si>
   <x:si>
     <x:t>asub@asub.ax</x:t>
   </x:si>
@@ -532,51 +535,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:M48"/>
+  <x:dimension ref="A1:M49"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="8.110625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="9.140625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.290625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.010625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="5.240625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="5.300625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="6.090625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.430625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="11.420625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="9.040625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="11.020625" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="10.780625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:13">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
@@ -1170,128 +1173,169 @@
       <x:c r="F17" s="3" t="n">
         <x:v>1688</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
         <x:v>1808</x:v>
       </x:c>
       <x:c r="H17" s="3" t="n">
         <x:v>2158</x:v>
       </x:c>
       <x:c r="I17" s="3" t="n">
         <x:v>1668</x:v>
       </x:c>
       <x:c r="J17" s="3" t="n">
         <x:v>1919</x:v>
       </x:c>
       <x:c r="K17" s="3" t="n">
         <x:v>2030</x:v>
       </x:c>
       <x:c r="L17" s="3" t="n">
         <x:v>1378</x:v>
       </x:c>
       <x:c r="M17" s="3" t="n">
         <x:v>1298</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:13">
-      <x:c r="A19" s="4" t="s">
+    <x:row r="18" spans="1:13">
+      <x:c r="A18" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A21" s="0" t="s">
+      <x:c r="B18" s="3" t="n">
+        <x:v>1029</x:v>
+      </x:c>
+      <x:c r="C18" s="3" t="n">
+        <x:v>738</x:v>
+      </x:c>
+      <x:c r="D18" s="3" t="n">
+        <x:v>1276</x:v>
+      </x:c>
+      <x:c r="E18" s="3" t="n">
+        <x:v>1587</x:v>
+      </x:c>
+      <x:c r="F18" s="3" t="n">
+        <x:v>1411</x:v>
+      </x:c>
+      <x:c r="G18" s="3" t="n">
+        <x:v>1422</x:v>
+      </x:c>
+      <x:c r="H18" s="3" t="n">
+        <x:v>1458</x:v>
+      </x:c>
+      <x:c r="I18" s="3" t="n">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="J18" s="3" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="K18" s="3" t="n">
+        <x:v>1980</x:v>
+      </x:c>
+      <x:c r="L18" s="3" t="n">
+        <x:v>1945</x:v>
+      </x:c>
+      <x:c r="M18" s="3" t="n">
+        <x:v>2583</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:13">
+      <x:c r="A20" s="4" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:13">
       <x:c r="A22" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
-    <x:row r="24" spans="1:13">
-      <x:c r="A24" s="0" t="s">
+    <x:row r="23" spans="1:13">
+      <x:c r="A23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:13">
       <x:c r="A25" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row r="27" spans="1:13">
-      <x:c r="A27" s="0" t="s">
+    <x:row r="26" spans="1:13">
+      <x:c r="A26" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:13">
       <x:c r="A28" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:13">
       <x:c r="A29" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:13">
       <x:c r="A30" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:13">
       <x:c r="A31" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:13">
       <x:c r="A32" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
-    <x:row r="34" spans="1:13">
-      <x:c r="A34" s="0" t="s">
+    <x:row r="33" spans="1:13">
+      <x:c r="A33" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:13">
-      <x:c r="A36" s="0" t="s">
+    <x:row r="35" spans="1:13">
+      <x:c r="A35" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:13">
       <x:c r="A37" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
-    <x:row r="47" spans="1:13">
-      <x:c r="A47" s="0" t="s">
+    <x:row r="38" spans="1:13">
+      <x:c r="A38" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:13">
       <x:c r="A48" s="0" t="s">
         <x:v>42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:13">
+      <x:c r="A49" s="0" t="s">
+        <x:v>43</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>SJ102</vt:lpstr>
       <vt:lpstr>SJ102!Print_Area</vt:lpstr>
       <vt:lpstr>SJ102!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>