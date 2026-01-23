--- v0 (2025-12-15)
+++ v1 (2026-01-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1c42ecef9a74c3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/30cae0ab4a8740c582d120da6b9373c0.psmdcp" Id="R49a22fd030474af6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re03250b9345149ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/92acdc810942440c9afe2d0d9eacf297.psmdcp" Id="R638105f3524a4bfc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT024" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:comments xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:authors>
     <x:author>DefaultAppPool</x:author>
   </x:authors>
   <x:commentList>
     <x:comment ref="B5" authorId="0">
       <x:text>
         <x:r>