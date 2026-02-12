--- v1 (2026-01-23)
+++ v2 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re03250b9345149ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/92acdc810942440c9afe2d0d9eacf297.psmdcp" Id="R638105f3524a4bfc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c01cdf0bda74119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1d033239b08b41088a027ae2b6e18c75.psmdcp" Id="R02cc14b59e6a422b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT024" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:comments xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:authors>
     <x:author>DefaultAppPool</x:author>
   </x:authors>
   <x:commentList>
     <x:comment ref="B5" authorId="0">
       <x:text>
         <x:r>