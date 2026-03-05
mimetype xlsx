--- v2 (2026-02-12)
+++ v3 (2026-03-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c01cdf0bda74119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1d033239b08b41088a027ae2b6e18c75.psmdcp" Id="R02cc14b59e6a422b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7712663ee76745f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6f0bbc8aa31d4762a03fbab85912dfc0.psmdcp" Id="R63bf827ddec44790" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT024" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:comments xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:authors>
     <x:author>DefaultAppPool</x:author>
   </x:authors>
   <x:commentList>
     <x:comment ref="B5" authorId="0">
       <x:text>
         <x:r>