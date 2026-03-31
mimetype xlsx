--- v3 (2026-03-05)
+++ v4 (2026-03-31)
@@ -1,168 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7712663ee76745f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6f0bbc8aa31d4762a03fbab85912dfc0.psmdcp" Id="R63bf827ddec44790" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81be05a66d7d497d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fcbff36e4f244f418495ead7986c91e7.psmdcp" Id="R31f024d074d04893" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT024" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
-<file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
-[...72 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="41">
   <x:si>
     <x:t>Students outside Åland by country of school, school and year</x:t>
   </x:si>
   <x:si>
-    <x:t>2015</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>
+    <x:t>2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sweden</x:t>
   </x:si>
   <x:si>
     <x:t>Uppsala universitet</x:t>
   </x:si>
   <x:si>
     <x:t>Yrkeshögskolan Novia</x:t>
   </x:si>
   <x:si>
     <x:t>..</x:t>
   </x:si>
   <x:si>
     <x:t>Åbo akademi</x:t>
   </x:si>
   <x:si>
     <x:t>Arcada yrkeshögskola</x:t>
   </x:si>
   <x:si>
     <x:t>Örebro universitet</x:t>
   </x:si>
   <x:si>
     <x:t>Linköpings universitet</x:t>
   </x:si>
   <x:si>
     <x:t>Sv. Handelshögskolan</x:t>
@@ -173,66 +97,54 @@
   <x:si>
     <x:t>Stockholms universitet</x:t>
   </x:si>
   <x:si>
     <x:t>Lunds universitet</x:t>
   </x:si>
   <x:si>
     <x:t>Högskolan i Gävle</x:t>
   </x:si>
   <x:si>
     <x:t>Mälardalens universitet</x:t>
   </x:si>
   <x:si>
     <x:t>Yrkeshögskolan Sydväst</x:t>
   </x:si>
   <x:si>
     <x:t>Finland</x:t>
   </x:si>
   <x:si>
     <x:t>Only schools which had more than 30 students from Åland for a period of at least three years are included.</x:t>
   </x:si>
   <x:si>
     <x:t>The polytechnics Yrkeshögskolan Novia started when Svenska yrkeshögskolan and Yrkeshögskolan Sydväst merged on 1.8.2008.</x:t>
   </x:si>
   <x:si>
-    <x:t>school:</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Latest update:</x:t>
   </x:si>
   <x:si>
-    <x:t>20250213 12:00</x:t>
+    <x:t>20260223 12:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Ålands statistik- och utredningsbyrå (ÅSUB)</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>PB 1187 AX-22111 Mariehamn</x:t>
   </x:si>
   <x:si>
     <x:t>018-25490</x:t>
   </x:si>
   <x:si>
     <x:t>asub@asub.ax</x:t>
   </x:si>
   <x:si>
     <x:t>Units:</x:t>
   </x:si>
   <x:si>
     <x:t>Persons</x:t>
   </x:si>
@@ -327,51 +239,51 @@
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId6" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -613,59 +525,56 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/xl/comments1.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="/xl/drawings/vmldrawing.vml" Id="rId6" /></Relationships>
-[...1 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:L75"/>
+  <x:dimension ref="A1:L59"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.570625" style="0" customWidth="1"/>
     <x:col min="3" max="12" width="6.090625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:12">
       <x:c r="C3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
@@ -677,78 +586,78 @@
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="I3" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="J3" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="K3" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="L3" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:12">
       <x:c r="A4" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C4" s="3" t="n">
-        <x:v>168</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="E4" s="3" t="n">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="E4" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F4" s="3" t="n">
-        <x:v>164</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>150</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H4" s="3" t="n">
-        <x:v>158</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I4" s="3" t="n">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="J4" s="3" t="n">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="K4" s="3" t="n">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="J4" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="L4" s="3" t="n">
-        <x:v>135</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:12">
       <x:c r="B5" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C5" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D5" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="E5" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F5" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G5" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H5" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
@@ -817,323 +726,323 @@
       </x:c>
       <x:c r="G7" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J7" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="K7" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="L7" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:12">
       <x:c r="B8" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>63</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>68</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
-        <x:v>71</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>67</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H8" s="3" t="n">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I8" s="3" t="n">
-        <x:v>72</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J8" s="3" t="n">
-        <x:v>53</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K8" s="3" t="n">
-        <x:v>61</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L8" s="3" t="n">
-        <x:v>59</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:12">
       <x:c r="B9" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>58</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>67</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F9" s="3" t="n">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="G9" s="3" t="n">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="H9" s="3" t="n">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="F9" s="3" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I9" s="3" t="n">
-        <x:v>64</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J9" s="3" t="n">
-        <x:v>72</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="K9" s="3" t="n">
-        <x:v>60</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L9" s="3" t="n">
-        <x:v>50</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:12">
       <x:c r="B10" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C10" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D10" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="E10" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F10" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I10" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J10" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="K10" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="L10" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:12">
       <x:c r="B11" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>46</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E11" s="3" t="n">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="F11" s="3" t="n">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="G11" s="3" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="H11" s="3" t="n">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="E11" s="3" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I11" s="3" t="n">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="J11" s="3" t="n">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="K11" s="3" t="n">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="J11" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="L11" s="3" t="n">
-        <x:v>41</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:12">
       <x:c r="B12" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>43</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
-        <x:v>40</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H12" s="3" t="n">
-        <x:v>36</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I12" s="3" t="n">
-        <x:v>39</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J12" s="3" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K12" s="3" t="n">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L12" s="3" t="n">
-        <x:v>39</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:12">
       <x:c r="B13" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>30</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="F13" s="3" t="n">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="G13" s="3" t="n">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="H13" s="3" t="n">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="I13" s="3" t="n">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="J13" s="3" t="n">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="F13" s="3" t="n">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K13" s="3" t="n">
-        <x:v>28</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="L13" s="3" t="n">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:12">
       <x:c r="B14" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="D14" s="3" t="n">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="E14" s="3" t="n">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="F14" s="3" t="n">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="G14" s="3" t="n">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H14" s="3" t="n">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="I14" s="3" t="n">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="J14" s="3" t="n">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="D14" s="3" t="n">
+      <x:c r="K14" s="3" t="n">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="L14" s="3" t="n">
         <x:v>33</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:12">
       <x:c r="B15" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
-        <x:v>28</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
-        <x:v>24</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F15" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="H15" s="3" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="I15" s="3" t="n">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="J15" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="K15" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="L15" s="3" t="n">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:12">
       <x:c r="B16" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C16" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D16" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="E16" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F16" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G16" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I16" s="4" t="s">
@@ -1170,148 +1079,148 @@
       </x:c>
       <x:c r="G17" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J17" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="K17" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="L17" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:12">
       <x:c r="B18" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C18" s="3" t="n">
-        <x:v>90</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D18" s="3" t="n">
-        <x:v>95</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E18" s="3" t="n">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F18" s="3" t="n">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="G18" s="3" t="n">
-        <x:v>106</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H18" s="3" t="n">
-        <x:v>103</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I18" s="3" t="n">
-        <x:v>109</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J18" s="3" t="n">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="K18" s="3" t="n">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="L18" s="3" t="n">
         <x:v>135</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:12">
       <x:c r="B19" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D19" s="3" t="n">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E19" s="3" t="n">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="F19" s="3" t="n">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="D19" s="3" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G19" s="3" t="n">
-        <x:v>105</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H19" s="3" t="n">
-        <x:v>118</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I19" s="3" t="n">
-        <x:v>127</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J19" s="3" t="n">
-        <x:v>122</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="K19" s="3" t="n">
-        <x:v>132</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="L19" s="3" t="n">
-        <x:v>124</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:12">
       <x:c r="B20" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C20" s="3" t="n">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="D20" s="3" t="n">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="E20" s="3" t="n">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="D20" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F20" s="3" t="n">
-        <x:v>66</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G20" s="3" t="n">
-        <x:v>69</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H20" s="3" t="n">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I20" s="3" t="n">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J20" s="3" t="n">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K20" s="3" t="n">
-        <x:v>73</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L20" s="3" t="n">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:12">
       <x:c r="B21" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C21" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D21" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="E21" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F21" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G21" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H21" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
@@ -1345,78 +1254,78 @@
       </x:c>
       <x:c r="G22" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H22" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I22" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J22" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="K22" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="L22" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:12">
       <x:c r="B23" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>37</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D23" s="3" t="n">
-        <x:v>52</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E23" s="3" t="n">
-        <x:v>63</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F23" s="3" t="n">
-        <x:v>66</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G23" s="3" t="n">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H23" s="3" t="n">
-        <x:v>59</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I23" s="3" t="n">
-        <x:v>62</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J23" s="3" t="n">
-        <x:v>53</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K23" s="3" t="n">
-        <x:v>48</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L23" s="3" t="n">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:12">
       <x:c r="B24" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C24" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D24" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="E24" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F24" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G24" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H24" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I24" s="4" t="s">
@@ -1595,181 +1504,120 @@
         <x:v>14</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="J29" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="K29" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="L29" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:12">
       <x:c r="A31" s="5" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:12">
       <x:c r="A32" s="5" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
-    <x:row r="33" spans="1:12">
-[...3 lines deleted...]
-    </x:row>
     <x:row r="34" spans="1:12">
       <x:c r="A34" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:12">
       <x:c r="A35" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:12">
       <x:c r="A37" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:12">
       <x:c r="A38" s="0" t="s">
-        <x:v>30</x:v>
-[...4 lines deleted...]
-        <x:v>31</x:v>
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:12">
+      <x:c r="A40" s="0" t="s">
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:12">
       <x:c r="A41" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:12">
       <x:c r="A42" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:12">
       <x:c r="A43" s="0" t="s">
-        <x:v>31</x:v>
-[...9 lines deleted...]
-        <x:v>32</x:v>
+        <x:v>35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:12">
+      <x:c r="A44" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:12">
       <x:c r="A47" s="0" t="s">
-        <x:v>31</x:v>
-[...23 lines deleted...]
-      <x:c r="A56" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
-    <x:row r="57" spans="1:12">
-[...1 lines deleted...]
-        <x:v>36</x:v>
+    <x:row r="48" spans="1:12">
+      <x:c r="A48" s="0" t="s">
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:12">
       <x:c r="A58" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:12">
       <x:c r="A59" s="0" t="s">
-        <x:v>39</x:v>
-[...3 lines deleted...]
-      <x:c r="A60" s="0" t="s">
         <x:v>40</x:v>
-      </x:c>
-[...18 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
-  <x:legacyDrawing r:id="rId6"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>UT024</vt:lpstr>
       <vt:lpstr>UT024!Print_Area</vt:lpstr>
       <vt:lpstr>UT024!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>